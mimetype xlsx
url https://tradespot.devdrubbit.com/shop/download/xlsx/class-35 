--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -4,101 +4,98 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
-    <t>BANNERI</t>
+    <t>CIUDAD ABIERTA</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Clase 35</t>
   </si>
   <si>
     <t>Precio Fijo</t>
   </si>
   <si>
+    <t>Denominativa</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>CORDOBA APASIONADA</t>
+  </si>
+  <si>
+    <t>FLOR SERRANA</t>
+  </si>
+  <si>
     <t>Mixta</t>
-  </si>
-[...13 lines deleted...]
-    <t>FLOR SERRANA</t>
   </si>
   <si>
     <t>SEMAFORO CIUDADANO</t>
   </si>
   <si>
     <t>SOL DEPRESBITERO</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>KITCHEN CLUB</t>
   </si>
   <si>
     <t>MARKETING ROCKSTORE</t>
   </si>
   <si>
     <t>NUBENIC</t>
   </si>
   <si>
     <t>VALLES LECHEROS PURA LECHE ARGENTINA</t>
   </si>
   <si>
     <t>HAPPY HOUR</t>
   </si>
@@ -151,475 +148,450 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3328596-22a147325e51330592a30187ef131733780e904f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620911780047.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G18"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="0"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="0"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="0"/>
+      <c r="G4" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="0"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="0"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="0"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="0"/>
+      <c r="G8" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="0" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13" s="0"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G16" s="0"/>
+      <c r="G16" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>6</v>
-[...21 lines deleted...]
-      <c r="G18" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328596-22a147325e51330592a30187ef131733780e904f" tooltip="https://tradespot.devdrubbit.com/b/3328596-22a147325e51330592a30187ef131733780e904f"/>
-[...24 lines deleted...]
-    <hyperlink ref="G18" r:id="rId26" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
+    <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" tooltip="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361"/>
+    <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" tooltip="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2"/>
+    <hyperlink ref="F4" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" tooltip="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65"/>
+    <hyperlink ref="G4" r:id="rId4" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg"/>
+    <hyperlink ref="F5" r:id="rId5" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" tooltip="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d"/>
+    <hyperlink ref="F6" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" tooltip="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef"/>
+    <hyperlink ref="F7" r:id="rId7" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" tooltip="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b"/>
+    <hyperlink ref="F8" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" tooltip="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e"/>
+    <hyperlink ref="G8" r:id="rId9" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg"/>
+    <hyperlink ref="F9" r:id="rId10" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" tooltip="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70"/>
+    <hyperlink ref="G9" r:id="rId11" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg"/>
+    <hyperlink ref="F10" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" tooltip="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d"/>
+    <hyperlink ref="G10" r:id="rId13" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg"/>
+    <hyperlink ref="F11" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" tooltip="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9"/>
+    <hyperlink ref="G11" r:id="rId15" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg"/>
+    <hyperlink ref="F12" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" tooltip="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3"/>
+    <hyperlink ref="G12" r:id="rId17" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg"/>
+    <hyperlink ref="F13" r:id="rId18" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" tooltip="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030"/>
+    <hyperlink ref="F14" r:id="rId19" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" tooltip="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613"/>
+    <hyperlink ref="F15" r:id="rId20" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" tooltip="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51"/>
+    <hyperlink ref="F16" r:id="rId21" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" tooltip="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467"/>
+    <hyperlink ref="G16" r:id="rId22" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg"/>
+    <hyperlink ref="F17" r:id="rId23" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" tooltip="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370"/>
+    <hyperlink ref="G17" r:id="rId24" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>