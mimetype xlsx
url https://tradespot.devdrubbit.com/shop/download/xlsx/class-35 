--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -4,113 +4,110 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>CIUDAD ABIERTA</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Clase 35</t>
   </si>
   <si>
     <t>Precio Fijo</t>
   </si>
   <si>
     <t>Denominativa</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>CORDOBA APASIONADA</t>
   </si>
   <si>
-    <t>FLOR SERRANA</t>
+    <t>SEMAFORO CIUDADANO</t>
+  </si>
+  <si>
+    <t>SOL DEPRESBITERO</t>
+  </si>
+  <si>
+    <t>Subasta</t>
+  </si>
+  <si>
+    <t>KITCHEN CLUB</t>
+  </si>
+  <si>
+    <t>MARKETING ROCKSTORE</t>
   </si>
   <si>
     <t>Mixta</t>
-  </si>
-[...13 lines deleted...]
-    <t>MARKETING ROCKSTORE</t>
   </si>
   <si>
     <t>NUBENIC</t>
   </si>
   <si>
     <t>VALLES LECHEROS PURA LECHE ARGENTINA</t>
   </si>
   <si>
     <t>HAPPY HOUR</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Clase 25</t>
   </si>
   <si>
     <t>TIBO</t>
   </si>
   <si>
     <t>SÚPERVIAL</t>
   </si>
   <si>
     <t>TIFLO</t>
   </si>
@@ -148,56 +145,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -238,360 +235,335 @@
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="0"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4" s="0"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="0"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="0"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G7" s="0"/>
+      <c r="G7" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="0"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G15" s="0"/>
+      <c r="G15" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>6</v>
-[...21 lines deleted...]
-      <c r="G17" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" tooltip="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361"/>
     <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" tooltip="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2"/>
-    <hyperlink ref="F4" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" tooltip="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65"/>
-[...20 lines deleted...]
-    <hyperlink ref="G17" r:id="rId24" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
+    <hyperlink ref="F4" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" tooltip="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d"/>
+    <hyperlink ref="F5" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" tooltip="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef"/>
+    <hyperlink ref="F6" r:id="rId5" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" tooltip="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b"/>
+    <hyperlink ref="F7" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" tooltip="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e"/>
+    <hyperlink ref="G7" r:id="rId7" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg"/>
+    <hyperlink ref="F8" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" tooltip="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70"/>
+    <hyperlink ref="G8" r:id="rId9" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg"/>
+    <hyperlink ref="F9" r:id="rId10" display="Publicación" address="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" tooltip="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d"/>
+    <hyperlink ref="G9" r:id="rId11" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg"/>
+    <hyperlink ref="F10" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" tooltip="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9"/>
+    <hyperlink ref="G10" r:id="rId13" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg"/>
+    <hyperlink ref="F11" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" tooltip="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3"/>
+    <hyperlink ref="G11" r:id="rId15" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg"/>
+    <hyperlink ref="F12" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" tooltip="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030"/>
+    <hyperlink ref="F13" r:id="rId17" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" tooltip="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613"/>
+    <hyperlink ref="F14" r:id="rId18" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" tooltip="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51"/>
+    <hyperlink ref="F15" r:id="rId19" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" tooltip="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467"/>
+    <hyperlink ref="G15" r:id="rId20" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg"/>
+    <hyperlink ref="F16" r:id="rId21" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" tooltip="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370"/>
+    <hyperlink ref="G16" r:id="rId22" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>